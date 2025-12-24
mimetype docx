--- v0 (2025-10-30)
+++ v1 (2025-12-24)
@@ -34,356 +34,518 @@
         <w:t>Opav</w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76AF09E8" w14:textId="77777777" w:rsidR="006F1595" w:rsidRDefault="006F1595" w:rsidP="004236B2">
       <w:r>
         <w:t>Město Krnov</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="341C0451" w14:textId="77777777" w:rsidR="006F1595" w:rsidRDefault="006F1595" w:rsidP="004236B2">
       <w:r>
         <w:t>OKIN BPS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31DE54CB" w14:textId="77777777" w:rsidR="006F1595" w:rsidRDefault="006F1595" w:rsidP="004236B2">
       <w:r>
         <w:t>UNEKO</w:t>
       </w:r>
       <w:r w:rsidR="00583BEB">
         <w:t xml:space="preserve"> spol. s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3967C085" w14:textId="77777777" w:rsidR="006F1595" w:rsidRDefault="00FD01EE" w:rsidP="004236B2">
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>UniStudies</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00583BEB">
         <w:t xml:space="preserve"> s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C5180D0" w14:textId="77777777" w:rsidR="006F1595" w:rsidRDefault="006F1595" w:rsidP="004236B2">
       <w:r>
         <w:t>FAKTUM</w:t>
       </w:r>
       <w:r w:rsidR="00583BEB">
         <w:t xml:space="preserve"> jazykové a vzdělávací centrum s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC784E1" w14:textId="77777777" w:rsidR="006F1595" w:rsidRDefault="006F1595" w:rsidP="004236B2">
       <w:r>
         <w:t>KOFOLA</w:t>
       </w:r>
       <w:r w:rsidR="00583BEB">
-        <w:t xml:space="preserve"> ČeskoSlovensko, a.s.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00583BEB">
+        <w:t>ČeskoSlovensko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00583BEB">
+        <w:t>, a.s.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A4172FF" w14:textId="77777777" w:rsidR="006F1595" w:rsidRDefault="006F1595" w:rsidP="004236B2">
       <w:r>
         <w:t>SKO spol. s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BE57083" w14:textId="77777777" w:rsidR="006F1595" w:rsidRDefault="006F1595" w:rsidP="004236B2">
       <w:r>
         <w:t>DECO design spol. s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C1A1D32" w14:textId="77777777" w:rsidR="00583BEB" w:rsidRDefault="00583BEB" w:rsidP="004236B2">
       <w:r>
         <w:t>Hradecká kulturní a vzdělávací společnost s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30DEC535" w14:textId="77777777" w:rsidR="00583BEB" w:rsidRDefault="00583BEB" w:rsidP="004236B2">
-      <w:r>
-        <w:t>Levron s.r.o.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Levron</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D404503" w14:textId="77777777" w:rsidR="00583BEB" w:rsidRDefault="00583BEB" w:rsidP="004236B2">
       <w:r>
         <w:t>MEDI-DENT s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55A47E39" w14:textId="77777777" w:rsidR="00583BEB" w:rsidRDefault="00583BEB" w:rsidP="004236B2">
       <w:r>
-        <w:t>ZŠ generála Zdeňka Škarvady</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ZŠ generála Zdeňka </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Škarvady</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="228B2D8C" w14:textId="77777777" w:rsidR="00A13803" w:rsidRDefault="00A13803" w:rsidP="004236B2">
       <w:r>
-        <w:t>KSR Industrial, s.r.o.</w:t>
+        <w:t xml:space="preserve">KSR </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Industrial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="505F095C" w14:textId="77777777" w:rsidR="00316AC6" w:rsidRDefault="00316AC6" w:rsidP="004236B2">
       <w:r>
         <w:t>Střední odborná škola Litovel</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68F6DC6C" w14:textId="77777777" w:rsidR="00342D97" w:rsidRDefault="00342D97" w:rsidP="004236B2">
-      <w:r>
-        <w:t>TnG-Air Servis,</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>TnG</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-Air Servis,</w:t>
       </w:r>
       <w:r w:rsidR="00FD01EE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6172F872" w14:textId="77777777" w:rsidR="00645F24" w:rsidRDefault="00645F24" w:rsidP="004236B2">
       <w:r>
         <w:t>Střední odborná škola dopravy a cestovního ruchu, Krnov</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12B205C2" w14:textId="77777777" w:rsidR="00DC2155" w:rsidRDefault="00FD01EE" w:rsidP="004236B2">
       <w:r>
         <w:t>Angličtina-Indi-</w:t>
       </w:r>
       <w:r w:rsidR="009E1AFC">
         <w:t>Go</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52939CDF" w14:textId="77777777" w:rsidR="009E1AFC" w:rsidRDefault="00FD01EE" w:rsidP="004236B2">
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Jurisc</w:t>
       </w:r>
       <w:r w:rsidR="00DC2155">
-        <w:t>onsult Ltd.</w:t>
+        <w:t>onsult</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DC2155">
+        <w:t xml:space="preserve"> Ltd.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03F5F61A" w14:textId="77777777" w:rsidR="00FC567A" w:rsidRDefault="00FC567A" w:rsidP="004236B2">
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Toplingva</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0DEEE3D1" w14:textId="77777777" w:rsidR="001C1E33" w:rsidRDefault="001C1E33" w:rsidP="004236B2">
       <w:r>
         <w:t>WEDO CZ s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20A68E63" w14:textId="77777777" w:rsidR="001C1E33" w:rsidRDefault="001C1E33" w:rsidP="004236B2">
       <w:r>
         <w:t>Elektro Zeta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30B12E0E" w14:textId="77777777" w:rsidR="004A1296" w:rsidRDefault="004A1296" w:rsidP="004236B2">
       <w:r>
         <w:t>SMAPS s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18408A82" w14:textId="77777777" w:rsidR="00EA1343" w:rsidRDefault="00EA1343" w:rsidP="004236B2">
-      <w:r>
-        <w:t>Liberty Ostrava a.s.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Liberty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Ostrava a.s.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F0E5246" w14:textId="77777777" w:rsidR="00DD5A56" w:rsidRDefault="00DD5A56" w:rsidP="004236B2">
       <w:r>
         <w:t>I.E.T. REALITY s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63773858" w14:textId="77777777" w:rsidR="00F6411E" w:rsidRDefault="00F6411E" w:rsidP="004236B2">
       <w:r>
-        <w:t>EF Education s.r.o.</w:t>
+        <w:t xml:space="preserve">EF </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FB97DFA" w14:textId="77777777" w:rsidR="00F6411E" w:rsidRDefault="00F6411E" w:rsidP="004236B2">
       <w:r>
         <w:t>MP Krásno a.s.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A22E33F" w14:textId="77777777" w:rsidR="001227F3" w:rsidRDefault="001227F3" w:rsidP="004236B2">
-      <w:r>
-        <w:t>GRiT, s.r.o.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>GRiT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6774B270" w14:textId="77777777" w:rsidR="001227F3" w:rsidRDefault="001227F3" w:rsidP="004236B2">
       <w:r>
         <w:t>Siemens, s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02EE68A1" w14:textId="77777777" w:rsidR="006378FF" w:rsidRDefault="006378FF" w:rsidP="004236B2">
       <w:r>
-        <w:t>Bc. Zdeněk  Mutina, Údržba veřejné zeleně</w:t>
+        <w:t xml:space="preserve">Bc. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Zdeněk  Mutina</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, Údržba veřejné zeleně</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F309839" w14:textId="77777777" w:rsidR="008208AB" w:rsidRDefault="008208AB" w:rsidP="004236B2">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Elektro MAR a.s.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="564C6ADF" w14:textId="77777777" w:rsidR="008208AB" w:rsidRDefault="007C01BD" w:rsidP="004236B2">
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Súkromná</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> základná škola Nová </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Dubnica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4CACC547" w14:textId="77777777" w:rsidR="001F01A5" w:rsidRDefault="001F01A5" w:rsidP="004236B2">
-      <w:r>
-        <w:t>Webdevel s.r.o.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Webdevel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B190D96" w14:textId="77777777" w:rsidR="001F01A5" w:rsidRDefault="001F01A5" w:rsidP="004236B2">
       <w:r>
         <w:t>BONATRANS GROUP a.s.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B2AF056" w14:textId="77777777" w:rsidR="002D77B5" w:rsidRDefault="002D77B5" w:rsidP="004236B2">
       <w:r>
         <w:t>Opavská kulturní organizace, příspěvková organizace</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2952D99A" w14:textId="77777777" w:rsidR="0004131A" w:rsidRDefault="0004131A" w:rsidP="004236B2">
       <w:r>
         <w:t>Agentura ochrany přírody a krajiny ČR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A72B1EC" w14:textId="77777777" w:rsidR="00291FD9" w:rsidRDefault="00291FD9" w:rsidP="004236B2">
-      <w:r>
-        <w:t>Right Indicada s.r.o.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Right</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Indicada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D20A7CA" w14:textId="77777777" w:rsidR="00962923" w:rsidRDefault="00962923" w:rsidP="004236B2">
       <w:r>
         <w:t>A.B. TITAN s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D1D04A" w14:textId="77777777" w:rsidR="002D77B5" w:rsidRDefault="00C67A1B" w:rsidP="004236B2">
       <w:r>
         <w:t>Úřad městského obvodu Plesná</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="243093E8" w14:textId="77777777" w:rsidR="00B26B22" w:rsidRDefault="00B26B22" w:rsidP="004236B2">
-      <w:r>
-        <w:t xml:space="preserve">RivalUp </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>RivalUp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76A6E9D8" w14:textId="77777777" w:rsidR="00DD5A56" w:rsidRDefault="00F733D5" w:rsidP="004236B2">
       <w:r>
         <w:t>FOCUS MODEL MANAGEMENT, s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C65F701" w14:textId="77777777" w:rsidR="00F733D5" w:rsidRDefault="00462692" w:rsidP="004236B2">
       <w:r>
         <w:t>GIKOSTART s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EC1E529" w14:textId="77777777" w:rsidR="00462692" w:rsidRDefault="00462692" w:rsidP="004236B2">
       <w:r>
         <w:t>PRO TRAVEL CK, s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F814338" w14:textId="77777777" w:rsidR="00462692" w:rsidRDefault="00462692" w:rsidP="004236B2">
       <w:r>
         <w:t>Základní škola Česká Ves</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CFC6F6B" w14:textId="77777777" w:rsidR="00631EC9" w:rsidRDefault="00631EC9" w:rsidP="004236B2">
       <w:r>
         <w:t>ZŠ a MŠ Kujavy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B4B3EED" w14:textId="77777777" w:rsidR="00CB136F" w:rsidRDefault="00CB136F" w:rsidP="004236B2">
       <w:r>
         <w:t>POUBA a.s.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50B9E8E2" w14:textId="77777777" w:rsidR="00CB136F" w:rsidRDefault="00CB136F" w:rsidP="004236B2">
       <w:r>
         <w:t>BLP Roman Poláček</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0727F754" w14:textId="77777777" w:rsidR="000A69BD" w:rsidRDefault="00A63A3A" w:rsidP="004236B2">
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Campl</w:t>
       </w:r>
       <w:r w:rsidR="000A69BD">
-        <w:t>eaders Slovakia s.r.o.</w:t>
+        <w:t>eaders</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000A69BD">
+        <w:t xml:space="preserve"> Slovakia s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23480119" w14:textId="77777777" w:rsidR="00FD222C" w:rsidRDefault="00FD222C" w:rsidP="004236B2">
       <w:r>
         <w:t>Michal Raška</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C5EDCAC" w14:textId="77777777" w:rsidR="00C754EB" w:rsidRDefault="00A63A3A" w:rsidP="004236B2">
       <w:r>
         <w:t>Mateřská škola Sady Nový Ji</w:t>
       </w:r>
       <w:r w:rsidR="00C754EB">
         <w:t>čín</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E447BFC" w14:textId="77777777" w:rsidR="00CC57BD" w:rsidRDefault="00CC57BD" w:rsidP="004236B2">
       <w:r>
         <w:t>Ostravská univerzita</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24557A05" w14:textId="77777777" w:rsidR="00CC57BD" w:rsidRDefault="000B7671" w:rsidP="004236B2">
       <w:r>
         <w:t>MŠ Opava, Edvarda Beneše – příspěvková organizace</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E36D4E0" w14:textId="77777777" w:rsidR="008E3857" w:rsidRDefault="008E3857" w:rsidP="004236B2">
       <w:r>
         <w:t>Janáčkova filharmonie Ostrava, příspěvková organizace</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18918505" w14:textId="77777777" w:rsidR="008E3857" w:rsidRDefault="008E3857" w:rsidP="004236B2">
-      <w:r>
-        <w:t>Spedition und Handel van der Wolf spol. s.r.o.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Spedition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>und</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Handel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> van der Wolf spol. s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21A8DD2C" w14:textId="77777777" w:rsidR="00DD4D1E" w:rsidRDefault="00DD4D1E" w:rsidP="004236B2">
       <w:r>
         <w:t>DOKONALÉ VLASY CZ, s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="663997FB" w14:textId="77777777" w:rsidR="00DD4D1E" w:rsidRDefault="002A4F58" w:rsidP="004236B2">
       <w:r>
         <w:t xml:space="preserve">BNP PARIBAS </w:t>
       </w:r>
       <w:r w:rsidR="0055099F">
         <w:t>PERSONAL FINANCE SA, odštěpný závod</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A885E76" w14:textId="77777777" w:rsidR="00C5493C" w:rsidRDefault="00E46B3E" w:rsidP="004236B2">
-      <w:r>
-        <w:t>Stora Enso Wood Products Ždírec s.r.o.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Stora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Enso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Wood</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Products</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Ždírec s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C9CAC62" w14:textId="77777777" w:rsidR="008A3919" w:rsidRDefault="00A3472D" w:rsidP="004236B2">
       <w:r>
         <w:t>2+2 škola matematiky s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="518E0B6F" w14:textId="77777777" w:rsidR="00255EBE" w:rsidRDefault="00255EBE" w:rsidP="004236B2">
       <w:r>
         <w:t>Nábytek Sprint s.r.o.</w:t>
       </w:r>
       <w:r w:rsidR="00F46A27">
-        <w:t xml:space="preserve"> v zimnem dole Orlova</w:t>
+        <w:t xml:space="preserve"> v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F46A27">
+        <w:t>zimnem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F46A27">
+        <w:t xml:space="preserve"> dole Orlova</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51598773" w14:textId="77777777" w:rsidR="00255EBE" w:rsidRDefault="00255EBE" w:rsidP="004236B2">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Českomoravska hypoteční a.s.</w:t>
       </w:r>
       <w:r w:rsidR="00F46A27">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> ostrava a Přivoz</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72AE36B8" w14:textId="77777777" w:rsidR="00575ECA" w:rsidRDefault="00575ECA" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
@@ -406,97 +568,133 @@
       <w:r w:rsidRPr="00575ECA">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> v </w:t>
       </w:r>
       <w:r w:rsidRPr="00575ECA">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>České Ves, Jeseník (leden-únor 2023)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="207618EC" w14:textId="77777777" w:rsidR="00B20FC4" w:rsidRDefault="00B20FC4" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B20FC4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Conel Automation s.r.o. Hradec Králové</w:t>
+        <w:t>Conel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B20FC4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B20FC4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Automation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B20FC4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s.r.o. Hradec Králové</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DA6D4BF" w14:textId="77777777" w:rsidR="00B35BEA" w:rsidRDefault="00B35BEA" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B35BEA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Základní škola a Mateřská škola Ostrava-Zábřeh</w:t>
       </w:r>
       <w:r w:rsidR="00225488">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="343C9A60" w14:textId="77777777" w:rsidR="00225488" w:rsidRDefault="00225488" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225488">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Luděk Schweidler</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Luděk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00225488">
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Schweidler</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00225488">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00225488">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nádražní 230, 74791 Štítina</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13FB1970" w14:textId="77777777" w:rsidR="00C85B8C" w:rsidRDefault="00C85B8C" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="lrzxr"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -506,179 +704,294 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Rabasová Miluše – notářka </w:t>
       </w:r>
       <w:r w:rsidRPr="00C85B8C">
         <w:rPr>
           <w:rStyle w:val="lrzxr"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Na Hradbách 2632/18, 702 00 Moravská Ostrava a Přívoz</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="230B98E2" w14:textId="77777777" w:rsidR="005A7CA7" w:rsidRDefault="005A7CA7" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7CA7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Základní škola Elementary school Chrjukinova 12 </w:t>
+        <w:t xml:space="preserve">Základní škola </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A7CA7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Elementary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A7CA7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A7CA7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A7CA7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chrjukinova 12 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EF4DC9D" w14:textId="77777777" w:rsidR="005A7CA7" w:rsidRDefault="00E513AE" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E513AE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>JUDr. Eva Cechlová, notářka v</w:t>
+        <w:t xml:space="preserve">JUDr. Eva </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E513AE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cechlová</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E513AE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, notářka v</w:t>
       </w:r>
       <w:r w:rsidR="00E333A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E513AE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bohumíně</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C02396" w14:textId="77777777" w:rsidR="00E333A3" w:rsidRDefault="00E333A3" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>RAVOZ, spol.s.r.o., Olomouc</w:t>
+        <w:t xml:space="preserve">RAVOZ, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>spol.s.r.o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>., Olomouc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0022264F" w14:textId="77777777" w:rsidR="00D0048F" w:rsidRDefault="00D0048F" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D0048F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jwood </w:t>
-      </w:r>
+        <w:t>Jwood</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D0048F">
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D0048F">
+        <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>design</w:t>
       </w:r>
       <w:r w:rsidRPr="00D0048F">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="00D0048F">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>zakázkové truhlářství</w:t>
+        <w:t>zakázkové</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D0048F">
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> truhlářství</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39245EFF" w14:textId="77777777" w:rsidR="00A84BFA" w:rsidRDefault="00A84BFA" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mlýn Herber spol, s.r.o., Opava</w:t>
+        <w:t xml:space="preserve">Mlýn </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Herber</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spol, s.r.o., Opava</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="435D1C41" w14:textId="77777777" w:rsidR="00932514" w:rsidRDefault="00932514" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Kleibová, s.r.o.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kleibová</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6611B3A4" w14:textId="77777777" w:rsidR="00932514" w:rsidRPr="002D3097" w:rsidRDefault="00932514" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D3097">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vysoká škola báňská – Technická univerzita Ostrava</w:t>
       </w:r>
       <w:r w:rsidRPr="002D3097">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -808,97 +1121,179 @@
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Praha </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C67098B" w14:textId="77777777" w:rsidR="00DE6043" w:rsidRDefault="00DE6043" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE6043">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>B.O. Chance Ostrava Sportclub</w:t>
-[...8 lines deleted...]
-        <w:t>, z.s.</w:t>
+        <w:t xml:space="preserve">B.O. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE6043">
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Chance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE6043">
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ostrava </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE6043">
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sportclub</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z.s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07E5F224" w14:textId="77777777" w:rsidR="006503E4" w:rsidRDefault="006503E4" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006503E4">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>FIT Sports Club</w:t>
-      </w:r>
+        <w:t xml:space="preserve">FIT </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006503E4">
         <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sports</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006503E4">
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Club</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006503E4">
+        <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006503E4">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>z.s.</w:t>
+        <w:t>z.s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006503E4">
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Opava</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B86FDFC" w14:textId="77777777" w:rsidR="006503E4" w:rsidRDefault="006503E4" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006503E4">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -918,267 +1313,416 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006503E4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Opavě</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24CA7B26" w14:textId="77777777" w:rsidR="00845BE3" w:rsidRPr="006503E4" w:rsidRDefault="00845BE3" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>STRABAG AG Ortenburgerstrasse 27, Austria</w:t>
-      </w:r>
+        <w:t xml:space="preserve">STRABAG AG </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ortenburgerstrasse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Austria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="06E3290A" w14:textId="77777777" w:rsidR="00845BE3" w:rsidRDefault="00845BE3" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00845BE3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Stöcklin Logistik AG</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>Stöcklin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00845BE3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Logistik AG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Schweiz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="53AA1C01" w14:textId="77777777" w:rsidR="00826ACF" w:rsidRDefault="00826ACF" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>BR Racing Team s.r.o., Praha</w:t>
+        <w:t xml:space="preserve">BR </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Racing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Team s.r.o., Praha</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4001351E" w14:textId="77777777" w:rsidR="00961B29" w:rsidRPr="00B50CB7" w:rsidRDefault="00961B29" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B50CB7">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>REMARK reality</w:t>
       </w:r>
       <w:r w:rsidRPr="00B50CB7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; marketing s.r.o. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B50CB7">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Hotel Kramer, Opava</w:t>
+        <w:t xml:space="preserve">Hotel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B50CB7">
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kramer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B50CB7">
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Opava</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="095FA92D" w14:textId="77777777" w:rsidR="00B50CB7" w:rsidRDefault="00B50CB7" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B50CB7">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Viessmann</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B50CB7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B50CB7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>spol. s r.o..</w:t>
-      </w:r>
+        <w:t xml:space="preserve">spol. s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B50CB7">
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r.o..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B50CB7">
+        <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B50CB7">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ostrava</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35E9DEB1" w14:textId="77777777" w:rsidR="00A7381B" w:rsidRDefault="00A7381B" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A7381B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Bohemia Troppau, O.p.s.</w:t>
+        <w:t xml:space="preserve">Bohemia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A7381B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Troppau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A7381B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, O.p.s.</w:t>
       </w:r>
       <w:r w:rsidR="00B777B6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="681100BE" w14:textId="77777777" w:rsidR="00A674DD" w:rsidRPr="00A674DD" w:rsidRDefault="00A674DD" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A674DD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zahradnictví Poledne, Hradec nad Moravicí</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F566E0F" w14:textId="77777777" w:rsidR="00A674DD" w:rsidRDefault="00A674DD" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A674DD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Kolmax Plus, s.r.o.,Ostrava</w:t>
-      </w:r>
+        <w:t>Kolmax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A674DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plus, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A674DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s.r.o.,Ostrava</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="61C92B03" w14:textId="77777777" w:rsidR="000E2F0E" w:rsidRDefault="000E2F0E" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Asobi, s.r.o. Hrádek</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Asobi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, s.r.o. Hrádek</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D83EBC7" w14:textId="77777777" w:rsidR="009122ED" w:rsidRDefault="009122ED" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009122ED">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pleas s.r.o.</w:t>
-      </w:r>
+        <w:t>Pleas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009122ED">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s.r.o.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009122ED">
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009122ED">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Havlíčkův </w:t>
       </w:r>
       <w:r w:rsidRPr="009122ED">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Brod</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48F91B64" w14:textId="77777777" w:rsidR="009122ED" w:rsidRPr="009122ED" w:rsidRDefault="009122ED" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
@@ -1235,140 +1779,192 @@
         <w:t>TIC BRNO</w:t>
       </w:r>
       <w:r w:rsidRPr="009122ED">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009122ED">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> příspěvková organizace</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70A426D7" w14:textId="77777777" w:rsidR="003C68E3" w:rsidRDefault="003C68E3" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Health city, a.s.</w:t>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> city, a.s.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6472FF43" w14:textId="77777777" w:rsidR="00683132" w:rsidRDefault="00683132" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Cargo Motion s.r.o. Ostrava</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cargo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Motion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s.r.o. Ostrava</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AB7A29B" w14:textId="77777777" w:rsidR="006775EE" w:rsidRDefault="006775EE" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EVERMORE – jazykové a vzdělávací centrum s.r.o. Frýdlant nad Ostravicí</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E5D20C" w14:textId="77777777" w:rsidR="005B441F" w:rsidRDefault="005B441F" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Hotel Koruna Opava</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48B809F9" w14:textId="77777777" w:rsidR="005E6B64" w:rsidRPr="009122ED" w:rsidRDefault="005E6B64" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00610B75">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Eneza, s.r.o., Třinec-Staré Město</w:t>
+        <w:t>Eneza</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00610B75">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, s.r.o., Třinec-Staré Město</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="576379B6" w14:textId="77777777" w:rsidR="006503E4" w:rsidRDefault="00601A80" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DA.AL, s.r.o., </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006B6AAC" w:rsidRPr="007214BA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>corp Milíkov</w:t>
+        <w:t>corp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006B6AAC" w:rsidRPr="007214BA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Milíkov</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E41164F" w14:textId="77777777" w:rsidR="0095191C" w:rsidRDefault="0095191C" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095191C">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Střední škola cestovního ruchu</w:t>
       </w:r>
       <w:r w:rsidRPr="0095191C">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
@@ -1521,389 +2117,533 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MIPAP s.r.o.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Grygov </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="431EB009" w14:textId="77777777" w:rsidR="00053DFE" w:rsidRDefault="00053DFE" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D904FC">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>WellU</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D904FC">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GmbH</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ČR, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D904FC">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Krajského soudu</w:t>
       </w:r>
       <w:r w:rsidRPr="00D904FC">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D904FC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gdańsk</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D904FC">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D904FC">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Północ v</w:t>
+        <w:t>Północ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D904FC">
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v</w:t>
       </w:r>
       <w:r w:rsidR="001B3CD3">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D904FC">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gdańsku</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0B54225D" w14:textId="77777777" w:rsidR="001B3CD3" w:rsidRDefault="001B3CD3" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Cidarú s.r.o., Opava</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cidarú</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s.r.o., Opava</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35B6FC23" w14:textId="77777777" w:rsidR="006008FD" w:rsidRDefault="006008FD" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AHOL – střední škola gastronomie, turismu a láze</w:t>
       </w:r>
       <w:r w:rsidRPr="006008FD">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ň</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ství, ostrava-Vitkovice</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ství, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ostrava-Vitkovice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="47F3A6F4" w14:textId="77777777" w:rsidR="004C7F8A" w:rsidRDefault="004C7F8A" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>HongIKCzech s.r.o.- Orlová-Poruba</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>HongIKCzech</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s.r.o.- Orlová-Poruba</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6958A91E" w14:textId="77777777" w:rsidR="00B777B6" w:rsidRDefault="00660A12" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00660A12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Soukromá obchodní akademie Opava s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="095CD2DF" w14:textId="77777777" w:rsidR="00B777B6" w:rsidRDefault="00B777B6" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>DEZA., a.s., Valašske Meziříčí</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">DEZA., a.s., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003559D8">
+        <w:t>Valašske</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Moravian Silesian Tourism_Ostrava</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Meziříčí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491268DD" w14:textId="77777777" w:rsidR="003559D8" w:rsidRDefault="003559D8" w:rsidP="004236B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003559D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Moravian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003559D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003559D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Silesian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003559D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003559D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Tourism_Ostrava</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="624DB46F" w14:textId="77777777" w:rsidR="00DF20D1" w:rsidRPr="00A622F5" w:rsidRDefault="00DF20D1" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://www.google.com/url?sa=t&amp;source=web&amp;rct=j&amp;opi=89978449&amp;url=https://www.montessorikladno.cz/ms-kladno/&amp;ved=2ahUKEwiB8o6Cur-IAxX7nP0HHcz6HO0QFnoECB0QAQ&amp;usg=AOvVaw0ICRsvSlwlfZQgaI6zi8XL" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00DF20D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Montessori školka</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF20D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kladno</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A0FF178" w14:textId="77777777" w:rsidR="00DF20D1" w:rsidRDefault="00DF20D1" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00855142" w:rsidRPr="00855142">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
         </w:rPr>
-        <w:t>CDU SPORT</w:t>
-      </w:r>
+        <w:t xml:space="preserve">CDU </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00855142" w:rsidRPr="00855142">
         <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>SPORT</w:t>
+      </w:r>
+      <w:r w:rsidR="00855142" w:rsidRPr="00855142">
+        <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="00855142" w:rsidRPr="00855142">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
         </w:rPr>
-        <w:t>VOLNÝ ČAS</w:t>
-      </w:r>
+        <w:t>VOLNÝ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00855142" w:rsidRPr="00855142">
         <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ČAS</w:t>
+      </w:r>
+      <w:r w:rsidR="00855142" w:rsidRPr="00855142">
+        <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> z.s.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00855142" w:rsidRPr="00855142">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>z.s.</w:t>
       </w:r>
       <w:r w:rsidR="00855142" w:rsidRPr="00855142">
         <w:t>_Ostrava</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00855142">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30AF7F0E" w14:textId="77777777" w:rsidR="00855142" w:rsidRPr="00855142" w:rsidRDefault="00855142" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://www.google.com/url?sa=t&amp;source=web&amp;rct=j&amp;opi=89978449&amp;url=https://www.fuchs.com/cz/cs/&amp;ved=2ahUKEwioyPaPnv6IAxVNi_0HHULVG2MQFnoECCcQAQ&amp;usg=AOvVaw0fzaPWgjJrBmNeuSZhknjt" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00855142">
-        <w:t>FUCHS OIL CORP. (CZ), SPOL.</w:t>
-[...2 lines deleted...]
-        <w:t>s.r.o.</w:t>
+        <w:t xml:space="preserve">FUCHS OIL CORP. (CZ), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00855142">
+        <w:t>SPOL.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s.r.o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00855142">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Říčany u Prahy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57AA1C98" w14:textId="77777777" w:rsidR="00855142" w:rsidRDefault="00855142" w:rsidP="004236B2">
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00EA0A02">
         <w:t>HPGH s.r.o. Bílá</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3417CB43" w14:textId="77777777" w:rsidR="00D4370D" w:rsidRDefault="00D4370D" w:rsidP="004236B2">
       <w:r>
-        <w:t>REHO Sport s.r.o. Hrádec Králové</w:t>
+        <w:t xml:space="preserve">REHO Sport s.r.o. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Hrádec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Králové</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FDD8D3A" w14:textId="77777777" w:rsidR="00F32C32" w:rsidRDefault="00F32C32" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F32C32">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>TŘINECKÉ ŽELEZÁRNY</w:t>
       </w:r>
       <w:r w:rsidRPr="00F32C32">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a. s., </w:t>
       </w:r>
@@ -1920,98 +2660,125 @@
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ROLS Beskyd, s.r.o., Mosty u Jablunkova </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B0D7006" w14:textId="77777777" w:rsidR="00394E0F" w:rsidRDefault="00394E0F" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
         </w:rPr>
-        <w:t>PA.AL. corp s.r.o. Milíkov</w:t>
+        <w:t xml:space="preserve">PA.AL. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>corp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s.r.o. Milíkov</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D8F9017" w14:textId="77777777" w:rsidR="00D4370D" w:rsidRDefault="00107B2E" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00107B2E">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>SHIIP</w:t>
       </w:r>
       <w:r w:rsidRPr="00107B2E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="00107B2E">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>Institut rozvoje a vzdělávání</w:t>
       </w:r>
       <w:r w:rsidRPr="00107B2E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00107B2E">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
         </w:rPr>
-        <w:t>z.s.</w:t>
-      </w:r>
+        <w:t>z.s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00107B2E">
         <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107B2E">
+        <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00107B2E">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>Brumovice</w:t>
       </w:r>
       <w:r w:rsidRPr="00107B2E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77978A22" w14:textId="77777777" w:rsidR="00865560" w:rsidRDefault="00865560" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -2058,52 +2825,57 @@
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>MV POINTBUILD</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> spol. s r.o.</w:t>
       </w:r>
       <w:r w:rsidR="00FF1A03">
         <w:t xml:space="preserve"> Bílková</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="430E9B7B" w14:textId="77777777" w:rsidR="00094EDE" w:rsidRDefault="00094EDE" w:rsidP="004236B2">
       <w:r>
         <w:t>Magistrát města Ostravy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="226F9B0C" w14:textId="77777777" w:rsidR="00552525" w:rsidRPr="00865560" w:rsidRDefault="00552525" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>BOOKMEDIA s.r.o._Ostrava</w:t>
-      </w:r>
+        <w:t xml:space="preserve">BOOKMEDIA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>s.r.o._Ostrava</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="81"/>
         <w:gridCol w:w="81"/>
       </w:tblGrid>
       <w:tr w:rsidR="006008FD" w:rsidRPr="006008FD" w14:paraId="77309ABF" w14:textId="77777777" w:rsidTr="006008FD">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
@@ -2127,61 +2899,72 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C37E3F3" w14:textId="77777777" w:rsidR="006008FD" w:rsidRPr="006008FD" w:rsidRDefault="006008FD" w:rsidP="004236B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1EAD7771" w14:textId="77777777" w:rsidR="006008FD" w:rsidRDefault="00784FDA" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00784FDA">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>LogiCall Česká republika</w:t>
-      </w:r>
+        <w:t>LogiCall</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00784FDA">
         <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Česká republika</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00784FDA">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, s.r.o., </w:t>
       </w:r>
       <w:r w:rsidRPr="00784FDA">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Krnov</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FCBECCF" w14:textId="77777777" w:rsidR="005D064E" w:rsidRDefault="005D064E" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -2210,51 +2993,91 @@
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ROMOTOP spol. s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A4788B6" w14:textId="77777777" w:rsidR="00841477" w:rsidRPr="00784FDA" w:rsidRDefault="00841477" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>LOXIA Architectes Ingenierie s.r.o., se sídlem Perucká 26, Praha</w:t>
+        <w:t xml:space="preserve">LOXIA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Architectes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ingenierie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s.r.o., se sídlem Perucká 26, Praha</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2554B058" w14:textId="77777777" w:rsidR="00450A01" w:rsidRPr="00450A01" w:rsidRDefault="00450A01" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>ŽOS4trains s.r.o., Studénka-Butovice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CFDEE1F" w14:textId="77777777" w:rsidR="00450A01" w:rsidRPr="00CF5B8F" w:rsidRDefault="00450A01" w:rsidP="004236B2">
       <w:pPr>
@@ -2291,52 +3114,61 @@
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00450A01">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Radka Malá </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00450A01">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Giramondo</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00450A01">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Giramondo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Praha</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7433FC74" w14:textId="77777777" w:rsidR="006008FD" w:rsidRPr="00133FFA" w:rsidRDefault="00133FFA" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00133FFA">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lipka HQ</w:t>
       </w:r>
       <w:r w:rsidRPr="00133FFA">
@@ -2369,394 +3201,652 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
         <w:r w:rsidRPr="00133FFA">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Frenštát pod Radhoštěm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0968F517" w14:textId="77777777" w:rsidR="00845BE3" w:rsidRPr="006503E4" w:rsidRDefault="00FA4A02" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FA4A02">
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ackermann - Gemeinde e V.</w:t>
+        <w:t>Ackermann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA4A02">
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA4A02">
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gemeinde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA4A02">
+        <w:rPr>
+          <w:rStyle w:val="Zdraznn"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e V.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Zdraznn"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Mnichov, Německo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A8F2C14" w14:textId="77777777" w:rsidR="00B35BEA" w:rsidRPr="00FA4A02" w:rsidRDefault="00FA4A02" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA4A02">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ŠAPS trans s.r.o, Opava</w:t>
+        <w:t xml:space="preserve">ŠAPS trans </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA4A02">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s.r.o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA4A02">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Opava</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="019AC201" w14:textId="77777777" w:rsidR="00CB136F" w:rsidRDefault="00FA4A02" w:rsidP="004236B2">
       <w:r>
         <w:t>VESUVIUS Česka Republik a.s., Třinec</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29113F76" w14:textId="77777777" w:rsidR="009E1AFC" w:rsidRDefault="00086157" w:rsidP="004236B2">
       <w:r>
-        <w:t xml:space="preserve">Cestovní kancelář Bemett, </w:t>
+        <w:t xml:space="preserve">Cestovní kancelář </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Bemett</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00086157">
         <w:t>Frýdek-Místek 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15BC53F5" w14:textId="77777777" w:rsidR="00316AC6" w:rsidRDefault="00086157" w:rsidP="004236B2">
-      <w:r>
-        <w:t>Eurocentrum Ostrava Úřad Vlády České Republiky.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Eurocentrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Ostrava Úřad Vlády České </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Republiky</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74EDA4EC" w14:textId="77777777" w:rsidR="006F1595" w:rsidRDefault="00EA455E" w:rsidP="004236B2">
       <w:r w:rsidRPr="00EA455E">
         <w:t>Z</w:t>
       </w:r>
       <w:r>
         <w:t>ákladní a mateřská škola, Skřipov</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BDCDBCB" w14:textId="77777777" w:rsidR="00EA455E" w:rsidRDefault="00EA455E" w:rsidP="004236B2">
       <w:r>
         <w:t>Základní škola Opava, Otická 18</w:t>
       </w:r>
       <w:r w:rsidR="00420DC6">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E8EC1D" w14:textId="77777777" w:rsidR="00420DC6" w:rsidRPr="00420DC6" w:rsidRDefault="00420DC6" w:rsidP="004236B2">
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00420DC6">
         <w:rPr>
           <w:rStyle w:val="veczobr"/>
         </w:rPr>
-        <w:t>Profiporadenstvi s.r.o</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Profiporadenstvi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420DC6">
         <w:rPr>
           <w:rStyle w:val="veczobr"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420DC6">
+        <w:rPr>
+          <w:rStyle w:val="veczobr"/>
+        </w:rPr>
+        <w:t>s.r.o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="veczobr"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Raškovice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CB6E78D" w14:textId="77777777" w:rsidR="00420DC6" w:rsidRDefault="00420DC6" w:rsidP="004236B2">
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00420DC6">
-        <w:t>Exerion Precision Technology Olomouc s.r.o.</w:t>
+        <w:t>Exerion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420DC6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420DC6">
+        <w:t>Precision</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420DC6">
+        <w:t xml:space="preserve"> Technology Olomouc s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FDE1652" w14:textId="77777777" w:rsidR="00420DC6" w:rsidRDefault="00420DC6" w:rsidP="004236B2">
       <w:r w:rsidRPr="00420DC6">
         <w:t>HLUCIN.NET_RORÝS s.r.o.pdf</w:t>
       </w:r>
       <w:r w:rsidR="00921C9B">
         <w:t xml:space="preserve"> Hlučín</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="560AF246" w14:textId="77777777" w:rsidR="00420DC6" w:rsidRDefault="00420DC6" w:rsidP="004236B2">
       <w:r>
         <w:t>VETROPACK NEMŠOVÁ s.r.o.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CFD40E4" w14:textId="77777777" w:rsidR="00420DC6" w:rsidRDefault="00420DC6" w:rsidP="004236B2">
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00420DC6">
-        <w:t>Ackermann - Gemeinde e V.</w:t>
+        <w:t>Ackermann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420DC6">
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420DC6">
+        <w:t>Gemeinde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00420DC6">
+        <w:t xml:space="preserve"> e V.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AAF6663" w14:textId="77777777" w:rsidR="00420DC6" w:rsidRDefault="00420DC6" w:rsidP="004236B2">
       <w:r w:rsidRPr="00420DC6">
-        <w:t>Jazyková škola Radka malá_Giramondo_Praha.</w:t>
+        <w:t xml:space="preserve">Jazyková škola Radka </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420DC6">
+        <w:t>malá_Giramondo_Praha</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420DC6">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55F7ABAC" w14:textId="77777777" w:rsidR="00420DC6" w:rsidRDefault="00420DC6" w:rsidP="004236B2">
       <w:r w:rsidRPr="00420DC6">
-        <w:t>ROMOTOP spol. s.r.o</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ROMOTOP spol. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420DC6">
+        <w:t>s.r.o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00921C9B">
         <w:t>Suchdol nad Odrou</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1981B8CF" w14:textId="77777777" w:rsidR="00E12616" w:rsidRPr="00012383" w:rsidRDefault="00420DC6" w:rsidP="00012383">
       <w:r w:rsidRPr="00012383">
-        <w:t>ŠAPS trans s.r.o</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ŠAPS trans </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00012383">
+        <w:t>s.r.o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00921C9B" w:rsidRPr="00012383">
         <w:t xml:space="preserve"> Opava</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="209B9014" w14:textId="77777777" w:rsidR="00E12616" w:rsidRPr="00012383" w:rsidRDefault="00E12616" w:rsidP="00012383">
       <w:r w:rsidRPr="00012383">
-        <w:t xml:space="preserve">Orange Tree s.r.o. Vinohrady, Praha </w:t>
+        <w:t xml:space="preserve">Orange </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00012383">
+        <w:t>Tree</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00012383">
+        <w:t xml:space="preserve"> s.r.o. Vinohrady, Praha </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AF30F8F" w14:textId="3B5B0737" w:rsidR="004236B2" w:rsidRPr="00012383" w:rsidRDefault="004236B2" w:rsidP="00012383">
       <w:r w:rsidRPr="00012383">
         <w:t>Střední průmyslová škola a Obchodní akademie, Bruntál</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7007C640" w14:textId="049204E1" w:rsidR="00012383" w:rsidRDefault="00012383" w:rsidP="00012383">
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00012383">
-        <w:t xml:space="preserve">Mayr-Melnhof Holz Paskov s.r.o, </w:t>
+        <w:t>Mayr-Melnhof</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00012383">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00012383">
+        <w:t>Holz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00012383">
+        <w:t xml:space="preserve"> Paskov </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00012383">
+        <w:t>s.r.o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00012383">
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00012383">
         <w:t>taříč</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70D1CC54" w14:textId="42FAA025" w:rsidR="001C5049" w:rsidRDefault="001C5049" w:rsidP="00012383">
-      <w:r>
-        <w:t>Linaset, a.s. Budišov nad Budišovkou</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Linaset</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, a.s. Budišov nad Budišovkou</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23DE7CAA" w14:textId="5FBD2DBF" w:rsidR="008C66D1" w:rsidRDefault="008C66D1" w:rsidP="00012383">
       <w:r>
         <w:t>Beznoska s.r.o. Kladno</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04D4E4F9" w14:textId="6CD3694D" w:rsidR="008C66D1" w:rsidRDefault="008C66D1" w:rsidP="00012383">
       <w:r>
-        <w:t>Cestovní kancelář Bemett, Frýdek-Místek</w:t>
+        <w:t xml:space="preserve">Cestovní kancelář </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Bemett</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, Frýdek-Místek</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="057BA1B1" w14:textId="2C5D9C2A" w:rsidR="00F12230" w:rsidRDefault="00F12230" w:rsidP="00012383">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Základní škola Jeseník</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E3CC423" w14:textId="7A55C2F7" w:rsidR="00F12230" w:rsidRDefault="00F12230" w:rsidP="00012383">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>RRT Cleanrooms</w:t>
-      </w:r>
+        <w:t xml:space="preserve">RRT </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Cleanrooms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F12230">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="00F12230">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Jablonec nad Nisou 1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="47258427" w14:textId="0D374C69" w:rsidR="00F12230" w:rsidRPr="00012383" w:rsidRDefault="00F12230" w:rsidP="00012383">
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>VASKO facility Services s.r.o. Praha</w:t>
+        <w:t xml:space="preserve">VASKO facility </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s.r.o. Praha</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E308AD8" w14:textId="03D043FC" w:rsidR="00012383" w:rsidRDefault="00740B67" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00740B67">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>REMANTE GROUP s.r.o.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67CCD597" w14:textId="414BFFA1" w:rsidR="00BE046C" w:rsidRPr="00740B67" w:rsidRDefault="00BE046C" w:rsidP="004236B2">
+    <w:p w14:paraId="67CCD597" w14:textId="5F7D5641" w:rsidR="00BE046C" w:rsidRDefault="00BE046C" w:rsidP="004236B2">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SIEMENS Praha</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6662F033" w14:textId="6C42C75B" w:rsidR="00392AED" w:rsidRDefault="00392AED" w:rsidP="004236B2">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zámek Kravaře </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E6DD67" w14:textId="256882CB" w:rsidR="00613485" w:rsidRPr="00740B67" w:rsidRDefault="00613485" w:rsidP="004236B2">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Industria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ac</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a.s., Kroměříž – Vážany </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29A88E95" w14:textId="77777777" w:rsidR="004236B2" w:rsidRDefault="004236B2" w:rsidP="004236B2">
       <w:pPr>
         <w:pStyle w:val="Bezmezer"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004236B2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F1595"/>
     <w:rsid w:val="00012383"/>
     <w:rsid w:val="0004131A"/>
     <w:rsid w:val="00053DFE"/>
     <w:rsid w:val="00086157"/>
     <w:rsid w:val="00094EDE"/>
     <w:rsid w:val="000A69BD"/>
     <w:rsid w:val="000B7671"/>
     <w:rsid w:val="000C6167"/>
     <w:rsid w:val="000E2F0E"/>
     <w:rsid w:val="00107B2E"/>
     <w:rsid w:val="001227F3"/>
     <w:rsid w:val="00133FFA"/>
     <w:rsid w:val="001B3CD3"/>
     <w:rsid w:val="001C1E33"/>
     <w:rsid w:val="001C5049"/>
     <w:rsid w:val="001D29EF"/>
     <w:rsid w:val="001F01A5"/>
     <w:rsid w:val="0022093B"/>
     <w:rsid w:val="00225488"/>
     <w:rsid w:val="00241080"/>
     <w:rsid w:val="00255EBE"/>
     <w:rsid w:val="00291FD9"/>
     <w:rsid w:val="002A4F58"/>
     <w:rsid w:val="002D3097"/>
     <w:rsid w:val="002D77B5"/>
     <w:rsid w:val="002F66ED"/>
     <w:rsid w:val="00316AC6"/>
     <w:rsid w:val="00342D97"/>
     <w:rsid w:val="003559D8"/>
+    <w:rsid w:val="00392AED"/>
     <w:rsid w:val="00394E0F"/>
     <w:rsid w:val="003C68E3"/>
     <w:rsid w:val="00403DE0"/>
     <w:rsid w:val="00420DC6"/>
     <w:rsid w:val="004236B2"/>
     <w:rsid w:val="00450A01"/>
     <w:rsid w:val="00462692"/>
     <w:rsid w:val="004A1296"/>
     <w:rsid w:val="004C7F8A"/>
     <w:rsid w:val="0055099F"/>
     <w:rsid w:val="00552525"/>
     <w:rsid w:val="00575ECA"/>
     <w:rsid w:val="00583BEB"/>
     <w:rsid w:val="005A7CA7"/>
     <w:rsid w:val="005B441F"/>
     <w:rsid w:val="005D064E"/>
     <w:rsid w:val="005E6B64"/>
     <w:rsid w:val="006008FD"/>
     <w:rsid w:val="00601A80"/>
+    <w:rsid w:val="00613485"/>
     <w:rsid w:val="00631EC9"/>
     <w:rsid w:val="006378FF"/>
     <w:rsid w:val="00645F24"/>
     <w:rsid w:val="006503E4"/>
     <w:rsid w:val="00656C55"/>
     <w:rsid w:val="006573D9"/>
     <w:rsid w:val="00660A12"/>
     <w:rsid w:val="006775EE"/>
     <w:rsid w:val="00683132"/>
     <w:rsid w:val="00696366"/>
     <w:rsid w:val="006A75E5"/>
     <w:rsid w:val="006B6AAC"/>
     <w:rsid w:val="006F1595"/>
     <w:rsid w:val="00716CE7"/>
     <w:rsid w:val="007249DB"/>
     <w:rsid w:val="00732FC6"/>
     <w:rsid w:val="00740B67"/>
     <w:rsid w:val="00784FDA"/>
     <w:rsid w:val="007B4687"/>
     <w:rsid w:val="007C01BD"/>
     <w:rsid w:val="007D5A61"/>
     <w:rsid w:val="008208AB"/>
     <w:rsid w:val="00826ACF"/>
     <w:rsid w:val="00841477"/>
     <w:rsid w:val="00845BE3"/>
@@ -4066,69 +5156,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>861</Words>
-  <Characters>5083</Characters>
+  <Words>869</Words>
+  <Characters>5128</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>42</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5933</CharactersWithSpaces>
+  <CharactersWithSpaces>5986</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gabriela Půdová</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>